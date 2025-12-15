--- v0 (2025-10-27)
+++ v1 (2025-12-15)
@@ -381,51 +381,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:B2778"/>
+  <dimension ref="A1:B2810"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" s="2">
         <v>41848</v>
       </c>
       <c r="B2">
         <v>100</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" s="2">
         <v>41849</v>
       </c>
@@ -22609,50 +22609,306 @@
         <v>375.63</v>
       </c>
     </row>
     <row r="2776" spans="1:2">
       <c r="A2776" s="2">
         <v>45952</v>
       </c>
       <c r="B2776">
         <v>372.61</v>
       </c>
     </row>
     <row r="2777" spans="1:2">
       <c r="A2777" s="2">
         <v>45953</v>
       </c>
       <c r="B2777">
         <v>376.14</v>
       </c>
     </row>
     <row r="2778" spans="1:2">
       <c r="A2778" s="2">
         <v>45954</v>
       </c>
       <c r="B2778">
         <v>379.91</v>
+      </c>
+    </row>
+    <row r="2779" spans="1:2">
+      <c r="A2779" s="2">
+        <v>45957</v>
+      </c>
+      <c r="B2779">
+        <v>385.61</v>
+      </c>
+    </row>
+    <row r="2780" spans="1:2">
+      <c r="A2780" s="2">
+        <v>45958</v>
+      </c>
+      <c r="B2780">
+        <v>387.66</v>
+      </c>
+    </row>
+    <row r="2781" spans="1:2">
+      <c r="A2781" s="2">
+        <v>45959</v>
+      </c>
+      <c r="B2781">
+        <v>390.74</v>
+      </c>
+    </row>
+    <row r="2782" spans="1:2">
+      <c r="A2782" s="2">
+        <v>45960</v>
+      </c>
+      <c r="B2782">
+        <v>387.99</v>
+      </c>
+    </row>
+    <row r="2783" spans="1:2">
+      <c r="A2783" s="2">
+        <v>45961</v>
+      </c>
+      <c r="B2783">
+        <v>396.78</v>
+      </c>
+    </row>
+    <row r="2784" spans="1:2">
+      <c r="A2784" s="2">
+        <v>45965</v>
+      </c>
+      <c r="B2784">
+        <v>386.2</v>
+      </c>
+    </row>
+    <row r="2785" spans="1:2">
+      <c r="A2785" s="2">
+        <v>45966</v>
+      </c>
+      <c r="B2785">
+        <v>387.84</v>
+      </c>
+    </row>
+    <row r="2786" spans="1:2">
+      <c r="A2786" s="2">
+        <v>45967</v>
+      </c>
+      <c r="B2786">
+        <v>380.25</v>
+      </c>
+    </row>
+    <row r="2787" spans="1:2">
+      <c r="A2787" s="2">
+        <v>45968</v>
+      </c>
+      <c r="B2787">
+        <v>380.53</v>
+      </c>
+    </row>
+    <row r="2788" spans="1:2">
+      <c r="A2788" s="2">
+        <v>45971</v>
+      </c>
+      <c r="B2788">
+        <v>395.04</v>
+      </c>
+    </row>
+    <row r="2789" spans="1:2">
+      <c r="A2789" s="2">
+        <v>45972</v>
+      </c>
+      <c r="B2789">
+        <v>394.78</v>
+      </c>
+    </row>
+    <row r="2790" spans="1:2">
+      <c r="A2790" s="2">
+        <v>45973</v>
+      </c>
+      <c r="B2790">
+        <v>392.82</v>
+      </c>
+    </row>
+    <row r="2791" spans="1:2">
+      <c r="A2791" s="2">
+        <v>45974</v>
+      </c>
+      <c r="B2791">
+        <v>379.41</v>
+      </c>
+    </row>
+    <row r="2792" spans="1:2">
+      <c r="A2792" s="2">
+        <v>45975</v>
+      </c>
+      <c r="B2792">
+        <v>380.68</v>
+      </c>
+    </row>
+    <row r="2793" spans="1:2">
+      <c r="A2793" s="2">
+        <v>45978</v>
+      </c>
+      <c r="B2793">
+        <v>376.34</v>
+      </c>
+    </row>
+    <row r="2794" spans="1:2">
+      <c r="A2794" s="2">
+        <v>45979</v>
+      </c>
+      <c r="B2794">
+        <v>372.9</v>
+      </c>
+    </row>
+    <row r="2795" spans="1:2">
+      <c r="A2795" s="2">
+        <v>45980</v>
+      </c>
+      <c r="B2795">
+        <v>373.4</v>
+      </c>
+    </row>
+    <row r="2796" spans="1:2">
+      <c r="A2796" s="2">
+        <v>45981</v>
+      </c>
+      <c r="B2796">
+        <v>360.89</v>
+      </c>
+    </row>
+    <row r="2797" spans="1:2">
+      <c r="A2797" s="2">
+        <v>45982</v>
+      </c>
+      <c r="B2797">
+        <v>364.26</v>
+      </c>
+    </row>
+    <row r="2798" spans="1:2">
+      <c r="A2798" s="2">
+        <v>45986</v>
+      </c>
+      <c r="B2798">
+        <v>379.35</v>
+      </c>
+    </row>
+    <row r="2799" spans="1:2">
+      <c r="A2799" s="2">
+        <v>45987</v>
+      </c>
+      <c r="B2799">
+        <v>383.14</v>
+      </c>
+    </row>
+    <row r="2800" spans="1:2">
+      <c r="A2800" s="2">
+        <v>45989</v>
+      </c>
+      <c r="B2800">
+        <v>387.66</v>
+      </c>
+    </row>
+    <row r="2801" spans="1:2">
+      <c r="A2801" s="2">
+        <v>45992</v>
+      </c>
+      <c r="B2801">
+        <v>385.12</v>
+      </c>
+    </row>
+    <row r="2802" spans="1:2">
+      <c r="A2802" s="2">
+        <v>45993</v>
+      </c>
+      <c r="B2802">
+        <v>388.09</v>
+      </c>
+    </row>
+    <row r="2803" spans="1:2">
+      <c r="A2803" s="2">
+        <v>45994</v>
+      </c>
+      <c r="B2803">
+        <v>390.35</v>
+      </c>
+    </row>
+    <row r="2804" spans="1:2">
+      <c r="A2804" s="2">
+        <v>45995</v>
+      </c>
+      <c r="B2804">
+        <v>391.61</v>
+      </c>
+    </row>
+    <row r="2805" spans="1:2">
+      <c r="A2805" s="2">
+        <v>45996</v>
+      </c>
+      <c r="B2805">
+        <v>393.15</v>
+      </c>
+    </row>
+    <row r="2806" spans="1:2">
+      <c r="A2806" s="2">
+        <v>45999</v>
+      </c>
+      <c r="B2806">
+        <v>389.53</v>
+      </c>
+    </row>
+    <row r="2807" spans="1:2">
+      <c r="A2807" s="2">
+        <v>46000</v>
+      </c>
+      <c r="B2807">
+        <v>391.9</v>
+      </c>
+    </row>
+    <row r="2808" spans="1:2">
+      <c r="A2808" s="2">
+        <v>46001</v>
+      </c>
+      <c r="B2808">
+        <v>396.33</v>
+      </c>
+    </row>
+    <row r="2809" spans="1:2">
+      <c r="A2809" s="2">
+        <v>46002</v>
+      </c>
+      <c r="B2809">
+        <v>399.79</v>
+      </c>
+    </row>
+    <row r="2810" spans="1:2">
+      <c r="A2810" s="2">
+        <v>46003</v>
+      </c>
+      <c r="B2810">
+        <v>396.27</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>