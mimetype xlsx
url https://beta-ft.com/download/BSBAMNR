--- v1 (2025-12-15)
+++ v2 (2026-03-24)
@@ -381,51 +381,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:B2810"/>
+  <dimension ref="A1:B2869"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" s="2">
         <v>41848</v>
       </c>
       <c r="B2">
         <v>100</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" s="2">
         <v>41849</v>
       </c>
@@ -22865,50 +22865,522 @@
         <v>391.9</v>
       </c>
     </row>
     <row r="2808" spans="1:2">
       <c r="A2808" s="2">
         <v>46001</v>
       </c>
       <c r="B2808">
         <v>396.33</v>
       </c>
     </row>
     <row r="2809" spans="1:2">
       <c r="A2809" s="2">
         <v>46002</v>
       </c>
       <c r="B2809">
         <v>399.79</v>
       </c>
     </row>
     <row r="2810" spans="1:2">
       <c r="A2810" s="2">
         <v>46003</v>
       </c>
       <c r="B2810">
         <v>396.27</v>
+      </c>
+    </row>
+    <row r="2811" spans="1:2">
+      <c r="A2811" s="2">
+        <v>46006</v>
+      </c>
+      <c r="B2811">
+        <v>396.32</v>
+      </c>
+    </row>
+    <row r="2812" spans="1:2">
+      <c r="A2812" s="2">
+        <v>46007</v>
+      </c>
+      <c r="B2812">
+        <v>398.3</v>
+      </c>
+    </row>
+    <row r="2813" spans="1:2">
+      <c r="A2813" s="2">
+        <v>46008</v>
+      </c>
+      <c r="B2813">
+        <v>391.28</v>
+      </c>
+    </row>
+    <row r="2814" spans="1:2">
+      <c r="A2814" s="2">
+        <v>46009</v>
+      </c>
+      <c r="B2814">
+        <v>397.38</v>
+      </c>
+    </row>
+    <row r="2815" spans="1:2">
+      <c r="A2815" s="2">
+        <v>46010</v>
+      </c>
+      <c r="B2815">
+        <v>404.56</v>
+      </c>
+    </row>
+    <row r="2816" spans="1:2">
+      <c r="A2816" s="2">
+        <v>46013</v>
+      </c>
+      <c r="B2816">
+        <v>408.73</v>
+      </c>
+    </row>
+    <row r="2817" spans="1:2">
+      <c r="A2817" s="2">
+        <v>46014</v>
+      </c>
+      <c r="B2817">
+        <v>409.48</v>
+      </c>
+    </row>
+    <row r="2818" spans="1:2">
+      <c r="A2818" s="2">
+        <v>46020</v>
+      </c>
+      <c r="B2818">
+        <v>401.04</v>
+      </c>
+    </row>
+    <row r="2819" spans="1:2">
+      <c r="A2819" s="2">
+        <v>46021</v>
+      </c>
+      <c r="B2819">
+        <v>400.16</v>
+      </c>
+    </row>
+    <row r="2820" spans="1:2">
+      <c r="A2820" s="2">
+        <v>46027</v>
+      </c>
+      <c r="B2820">
+        <v>397.18</v>
+      </c>
+    </row>
+    <row r="2821" spans="1:2">
+      <c r="A2821" s="2">
+        <v>46028</v>
+      </c>
+      <c r="B2821">
+        <v>405.61</v>
+      </c>
+    </row>
+    <row r="2822" spans="1:2">
+      <c r="A2822" s="2">
+        <v>46029</v>
+      </c>
+      <c r="B2822">
+        <v>405.56</v>
+      </c>
+    </row>
+    <row r="2823" spans="1:2">
+      <c r="A2823" s="2">
+        <v>46030</v>
+      </c>
+      <c r="B2823">
+        <v>403.7</v>
+      </c>
+    </row>
+    <row r="2824" spans="1:2">
+      <c r="A2824" s="2">
+        <v>46031</v>
+      </c>
+      <c r="B2824">
+        <v>407.39</v>
+      </c>
+    </row>
+    <row r="2825" spans="1:2">
+      <c r="A2825" s="2">
+        <v>46035</v>
+      </c>
+      <c r="B2825">
+        <v>410.4</v>
+      </c>
+    </row>
+    <row r="2826" spans="1:2">
+      <c r="A2826" s="2">
+        <v>46036</v>
+      </c>
+      <c r="B2826">
+        <v>407.48</v>
+      </c>
+    </row>
+    <row r="2827" spans="1:2">
+      <c r="A2827" s="2">
+        <v>46037</v>
+      </c>
+      <c r="B2827">
+        <v>408.45</v>
+      </c>
+    </row>
+    <row r="2828" spans="1:2">
+      <c r="A2828" s="2">
+        <v>46038</v>
+      </c>
+      <c r="B2828">
+        <v>406.52</v>
+      </c>
+    </row>
+    <row r="2829" spans="1:2">
+      <c r="A2829" s="2">
+        <v>46042</v>
+      </c>
+      <c r="B2829">
+        <v>403.82</v>
+      </c>
+    </row>
+    <row r="2830" spans="1:2">
+      <c r="A2830" s="2">
+        <v>46043</v>
+      </c>
+      <c r="B2830">
+        <v>405.69</v>
+      </c>
+    </row>
+    <row r="2831" spans="1:2">
+      <c r="A2831" s="2">
+        <v>46044</v>
+      </c>
+      <c r="B2831">
+        <v>414.17</v>
+      </c>
+    </row>
+    <row r="2832" spans="1:2">
+      <c r="A2832" s="2">
+        <v>46045</v>
+      </c>
+      <c r="B2832">
+        <v>417.98</v>
+      </c>
+    </row>
+    <row r="2833" spans="1:2">
+      <c r="A2833" s="2">
+        <v>46048</v>
+      </c>
+      <c r="B2833">
+        <v>415.35</v>
+      </c>
+    </row>
+    <row r="2834" spans="1:2">
+      <c r="A2834" s="2">
+        <v>46049</v>
+      </c>
+      <c r="B2834">
+        <v>413.84</v>
+      </c>
+    </row>
+    <row r="2835" spans="1:2">
+      <c r="A2835" s="2">
+        <v>46050</v>
+      </c>
+      <c r="B2835">
+        <v>409.93</v>
+      </c>
+    </row>
+    <row r="2836" spans="1:2">
+      <c r="A2836" s="2">
+        <v>46051</v>
+      </c>
+      <c r="B2836">
+        <v>400.26</v>
+      </c>
+    </row>
+    <row r="2837" spans="1:2">
+      <c r="A2837" s="2">
+        <v>46052</v>
+      </c>
+      <c r="B2837">
+        <v>387.97</v>
+      </c>
+    </row>
+    <row r="2838" spans="1:2">
+      <c r="A2838" s="2">
+        <v>46055</v>
+      </c>
+      <c r="B2838">
+        <v>387.1</v>
+      </c>
+    </row>
+    <row r="2839" spans="1:2">
+      <c r="A2839" s="2">
+        <v>46056</v>
+      </c>
+      <c r="B2839">
+        <v>389.36</v>
+      </c>
+    </row>
+    <row r="2840" spans="1:2">
+      <c r="A2840" s="2">
+        <v>46057</v>
+      </c>
+      <c r="B2840">
+        <v>378.8</v>
+      </c>
+    </row>
+    <row r="2841" spans="1:2">
+      <c r="A2841" s="2">
+        <v>46058</v>
+      </c>
+      <c r="B2841">
+        <v>364.89</v>
+      </c>
+    </row>
+    <row r="2842" spans="1:2">
+      <c r="A2842" s="2">
+        <v>46059</v>
+      </c>
+      <c r="B2842">
+        <v>373.69</v>
+      </c>
+    </row>
+    <row r="2843" spans="1:2">
+      <c r="A2843" s="2">
+        <v>46062</v>
+      </c>
+      <c r="B2843">
+        <v>382.47</v>
+      </c>
+    </row>
+    <row r="2844" spans="1:2">
+      <c r="A2844" s="2">
+        <v>46063</v>
+      </c>
+      <c r="B2844">
+        <v>379.93</v>
+      </c>
+    </row>
+    <row r="2845" spans="1:2">
+      <c r="A2845" s="2">
+        <v>46065</v>
+      </c>
+      <c r="B2845">
+        <v>365.94</v>
+      </c>
+    </row>
+    <row r="2846" spans="1:2">
+      <c r="A2846" s="2">
+        <v>46066</v>
+      </c>
+      <c r="B2846">
+        <v>371.51</v>
+      </c>
+    </row>
+    <row r="2847" spans="1:2">
+      <c r="A2847" s="2">
+        <v>46070</v>
+      </c>
+      <c r="B2847">
+        <v>367.87</v>
+      </c>
+    </row>
+    <row r="2848" spans="1:2">
+      <c r="A2848" s="2">
+        <v>46071</v>
+      </c>
+      <c r="B2848">
+        <v>372.94</v>
+      </c>
+    </row>
+    <row r="2849" spans="1:2">
+      <c r="A2849" s="2">
+        <v>46072</v>
+      </c>
+      <c r="B2849">
+        <v>373.92</v>
+      </c>
+    </row>
+    <row r="2850" spans="1:2">
+      <c r="A2850" s="2">
+        <v>46073</v>
+      </c>
+      <c r="B2850">
+        <v>378.32</v>
+      </c>
+    </row>
+    <row r="2851" spans="1:2">
+      <c r="A2851" s="2">
+        <v>46077</v>
+      </c>
+      <c r="B2851">
+        <v>374.76</v>
+      </c>
+    </row>
+    <row r="2852" spans="1:2">
+      <c r="A2852" s="2">
+        <v>46078</v>
+      </c>
+      <c r="B2852">
+        <v>377.79</v>
+      </c>
+    </row>
+    <row r="2853" spans="1:2">
+      <c r="A2853" s="2">
+        <v>46079</v>
+      </c>
+      <c r="B2853">
+        <v>379.5</v>
+      </c>
+    </row>
+    <row r="2854" spans="1:2">
+      <c r="A2854" s="2">
+        <v>46080</v>
+      </c>
+      <c r="B2854">
+        <v>381.3</v>
+      </c>
+    </row>
+    <row r="2855" spans="1:2">
+      <c r="A2855" s="2">
+        <v>46083</v>
+      </c>
+      <c r="B2855">
+        <v>385.71</v>
+      </c>
+    </row>
+    <row r="2856" spans="1:2">
+      <c r="A2856" s="2">
+        <v>46084</v>
+      </c>
+      <c r="B2856">
+        <v>377.33</v>
+      </c>
+    </row>
+    <row r="2857" spans="1:2">
+      <c r="A2857" s="2">
+        <v>46085</v>
+      </c>
+      <c r="B2857">
+        <v>382.59</v>
+      </c>
+    </row>
+    <row r="2858" spans="1:2">
+      <c r="A2858" s="2">
+        <v>46086</v>
+      </c>
+      <c r="B2858">
+        <v>379.11</v>
+      </c>
+    </row>
+    <row r="2859" spans="1:2">
+      <c r="A2859" s="2">
+        <v>46087</v>
+      </c>
+      <c r="B2859">
+        <v>379.14</v>
+      </c>
+    </row>
+    <row r="2860" spans="1:2">
+      <c r="A2860" s="2">
+        <v>46090</v>
+      </c>
+      <c r="B2860">
+        <v>380.59</v>
+      </c>
+    </row>
+    <row r="2861" spans="1:2">
+      <c r="A2861" s="2">
+        <v>46091</v>
+      </c>
+      <c r="B2861">
+        <v>378.32</v>
+      </c>
+    </row>
+    <row r="2862" spans="1:2">
+      <c r="A2862" s="2">
+        <v>46092</v>
+      </c>
+      <c r="B2862">
+        <v>376.23</v>
+      </c>
+    </row>
+    <row r="2863" spans="1:2">
+      <c r="A2863" s="2">
+        <v>46093</v>
+      </c>
+      <c r="B2863">
+        <v>370.82</v>
+      </c>
+    </row>
+    <row r="2864" spans="1:2">
+      <c r="A2864" s="2">
+        <v>46094</v>
+      </c>
+      <c r="B2864">
+        <v>365.26</v>
+      </c>
+    </row>
+    <row r="2865" spans="1:2">
+      <c r="A2865" s="2">
+        <v>46097</v>
+      </c>
+      <c r="B2865">
+        <v>369.54</v>
+      </c>
+    </row>
+    <row r="2866" spans="1:2">
+      <c r="A2866" s="2">
+        <v>46098</v>
+      </c>
+      <c r="B2866">
+        <v>371.5</v>
+      </c>
+    </row>
+    <row r="2867" spans="1:2">
+      <c r="A2867" s="2">
+        <v>46099</v>
+      </c>
+      <c r="B2867">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="2868" spans="1:2">
+      <c r="A2868" s="2">
+        <v>46100</v>
+      </c>
+      <c r="B2868">
+        <v>359.98</v>
+      </c>
+    </row>
+    <row r="2869" spans="1:2">
+      <c r="A2869" s="2">
+        <v>46104</v>
+      </c>
+      <c r="B2869">
+        <v>360.78</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>